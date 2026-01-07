--- v0 (2025-10-28)
+++ v1 (2026-01-07)
@@ -352,106 +352,106 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:object w:dxaOrig="285" w:dyaOrig="255" w14:anchorId="3387EA23">
                 <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                   <v:stroke joinstyle="miter"/>
                   <v:formulas>
                     <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                     <v:f eqn="sum @0 1 0"/>
                     <v:f eqn="sum 0 0 @1"/>
                     <v:f eqn="prod @2 1 2"/>
                     <v:f eqn="prod @3 21600 pixelWidth"/>
                     <v:f eqn="prod @3 21600 pixelHeight"/>
                     <v:f eqn="sum @0 0 1"/>
                     <v:f eqn="prod @6 1 2"/>
                     <v:f eqn="prod @7 21600 pixelWidth"/>
                     <v:f eqn="sum @8 21600 0"/>
                     <v:f eqn="prod @7 21600 pixelHeight"/>
                     <v:f eqn="sum @10 21600 0"/>
                   </v:formulas>
                   <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                   <o:lock v:ext="edit" aspectratio="t"/>
                 </v:shapetype>
-                <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:13.3pt;height:13.3pt" o:ole="">
+                <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:13.5pt;height:13.5pt" o:ole="">
                   <v:imagedata r:id="rId9" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1822213714" r:id="rId10"/>
+                <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1827315483" r:id="rId10"/>
               </w:object>
             </w:r>
             <w:r w:rsidRPr="00ED33D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00ED33D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>New registration</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4928D9E0" w14:textId="77777777" w:rsidR="003C6B6C" w:rsidRPr="00ED33D1" w:rsidRDefault="00232324" w:rsidP="003C5C60">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="2969"/>
                 <w:tab w:val="left" w:pos="3390"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="808080"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED33D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:object w:dxaOrig="285" w:dyaOrig="255" w14:anchorId="002E0C53">
-                <v:shape id="_x0000_i1026" type="#_x0000_t75" style="width:13.3pt;height:13.3pt" o:ole="">
+                <v:shape id="_x0000_i1026" type="#_x0000_t75" style="width:13.5pt;height:13.5pt" o:ole="">
                   <v:imagedata r:id="rId9" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1026" DrawAspect="Content" ObjectID="_1822213715" r:id="rId11"/>
+                <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1026" DrawAspect="Content" ObjectID="_1827315484" r:id="rId11"/>
               </w:object>
             </w:r>
             <w:r w:rsidRPr="00ED33D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00ED33D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Customer data update</w:t>
             </w:r>
             <w:r w:rsidR="003C5C60">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
@@ -611,66 +611,77 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Customer No. </w:t>
             </w:r>
             <w:r w:rsidRPr="00ED33D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="1A1C1F"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>……………………</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00ED33D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="1A1C1F"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>…..</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
-          <w:p w14:paraId="3AF9AAEC" w14:textId="77777777" w:rsidR="00933380" w:rsidRPr="00ED33D1" w:rsidRDefault="00933380" w:rsidP="00AD160E">
+          <w:p w14:paraId="3AF9AAEC" w14:textId="7D6C58D7" w:rsidR="00933380" w:rsidRPr="00ED33D1" w:rsidRDefault="00DF75BF" w:rsidP="00072D46">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="402"/>
+              </w:tabs>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-              <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:i/>
                 <w:color w:val="A6A6A6"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00ED33D1">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:color w:val="1A1C1F"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">           </w:t>
+            </w:r>
+            <w:r w:rsidR="00933380" w:rsidRPr="00ED33D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="1A1C1F"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(to be filled in by a bank employee)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008E3CD8" w:rsidRPr="00ED33D1" w14:paraId="1FC87637" w14:textId="77777777" w:rsidTr="007352C3">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:shd w:val="clear" w:color="auto" w:fill="1F4E79"/>
           <w:tblCellMar>
             <w:left w:w="70" w:type="dxa"/>
             <w:right w:w="70" w:type="dxa"/>
@@ -2270,103 +2281,103 @@
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0BFD92A6" w14:textId="77777777" w:rsidR="00A65FFC" w:rsidRPr="00ED33D1" w:rsidRDefault="00A65FFC" w:rsidP="00A65FFC">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB712B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:object w:dxaOrig="285" w:dyaOrig="255" w14:anchorId="019B6F56">
-                <v:shape id="_x0000_i1027" type="#_x0000_t75" style="width:13.3pt;height:13.3pt" o:ole="">
+                <v:shape id="_x0000_i1027" type="#_x0000_t75" style="width:13.5pt;height:13.5pt" o:ole="">
                   <v:imagedata r:id="rId9" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1027" DrawAspect="Content" ObjectID="_1822213716" r:id="rId12"/>
+                <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1027" DrawAspect="Content" ObjectID="_1827315485" r:id="rId12"/>
               </w:object>
             </w:r>
             <w:r w:rsidRPr="00ED33D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00ED33D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Coincides with the permanent address</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="19EF9B76" w14:textId="77777777" w:rsidR="00A65FFC" w:rsidRPr="00ED33D1" w:rsidRDefault="00A65FFC">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB712B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:object w:dxaOrig="285" w:dyaOrig="255" w14:anchorId="430AE14A">
-                <v:shape id="_x0000_i1028" type="#_x0000_t75" style="width:13.3pt;height:13.3pt" o:ole="">
+                <v:shape id="_x0000_i1028" type="#_x0000_t75" style="width:13.5pt;height:13.5pt" o:ole="">
                   <v:imagedata r:id="rId9" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1028" DrawAspect="Content" ObjectID="_1822213717" r:id="rId13"/>
+                <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1028" DrawAspect="Content" ObjectID="_1827315486" r:id="rId13"/>
               </w:object>
             </w:r>
             <w:r w:rsidRPr="00ED33D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00ED33D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Other </w:t>
             </w:r>
             <w:r w:rsidRPr="00ED33D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:bCs/>
@@ -2492,92 +2503,92 @@
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="10B9DA39" w14:textId="77777777" w:rsidR="00496DA9" w:rsidRPr="00ED33D1" w:rsidRDefault="00A65FFC" w:rsidP="003F5B76">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED33D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:object w:dxaOrig="285" w:dyaOrig="255" w14:anchorId="1371B671">
-                <v:shape id="_x0000_i1029" type="#_x0000_t75" style="width:13.3pt;height:13.3pt" o:ole="">
+                <v:shape id="_x0000_i1029" type="#_x0000_t75" style="width:13.5pt;height:13.5pt" o:ole="">
                   <v:imagedata r:id="rId9" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1029" DrawAspect="Content" ObjectID="_1822213718" r:id="rId14"/>
+                <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1029" DrawAspect="Content" ObjectID="_1827315487" r:id="rId14"/>
               </w:object>
             </w:r>
             <w:r w:rsidRPr="00ED33D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Coincides with the permanent address</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="44F5828A" w14:textId="77777777" w:rsidR="00A65FFC" w:rsidRPr="00ED33D1" w:rsidRDefault="00A65FFC" w:rsidP="003F5B76">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="808080"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED33D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:object w:dxaOrig="285" w:dyaOrig="255" w14:anchorId="0C70C660">
-                <v:shape id="_x0000_i1030" type="#_x0000_t75" style="width:13.3pt;height:13.3pt" o:ole="">
+                <v:shape id="_x0000_i1030" type="#_x0000_t75" style="width:13.5pt;height:13.5pt" o:ole="">
                   <v:imagedata r:id="rId9" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1030" DrawAspect="Content" ObjectID="_1822213719" r:id="rId15"/>
+                <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1030" DrawAspect="Content" ObjectID="_1827315488" r:id="rId15"/>
               </w:object>
             </w:r>
             <w:r w:rsidRPr="00ED33D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00ED33D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Other </w:t>
             </w:r>
             <w:r w:rsidRPr="00ED33D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:bCs/>
@@ -2775,76 +2786,76 @@
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5A3812AD" w14:textId="77777777" w:rsidR="00A65FFC" w:rsidRPr="00ED33D1" w:rsidRDefault="00A65FFC" w:rsidP="003F5B76">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="808080"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED33D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:object w:dxaOrig="285" w:dyaOrig="255" w14:anchorId="5D7702A0">
-                <v:shape id="_x0000_i1031" type="#_x0000_t75" style="width:13.3pt;height:13.3pt" o:ole="">
+                <v:shape id="_x0000_i1031" type="#_x0000_t75" style="width:13.5pt;height:13.5pt" o:ole="">
                   <v:imagedata r:id="rId9" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1031" DrawAspect="Content" ObjectID="_1822213720" r:id="rId16"/>
+                <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1031" DrawAspect="Content" ObjectID="_1827315489" r:id="rId16"/>
               </w:object>
             </w:r>
             <w:r w:rsidRPr="00ED33D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> No </w:t>
             </w:r>
             <w:r w:rsidRPr="00CB712B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:object w:dxaOrig="285" w:dyaOrig="255" w14:anchorId="39ACA558">
-                <v:shape id="_x0000_i1032" type="#_x0000_t75" style="width:13.3pt;height:13.3pt" o:ole="">
+                <v:shape id="_x0000_i1032" type="#_x0000_t75" style="width:13.5pt;height:13.5pt" o:ole="">
                   <v:imagedata r:id="rId9" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1032" DrawAspect="Content" ObjectID="_1822213721" r:id="rId17"/>
+                <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1032" DrawAspect="Content" ObjectID="_1827315490" r:id="rId17"/>
               </w:object>
             </w:r>
             <w:r w:rsidRPr="00ED33D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00ED33D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes </w:t>
             </w:r>
             <w:r w:rsidRPr="00ED33D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
@@ -3534,511 +3545,511 @@
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="50D7C4C3" w14:textId="77777777" w:rsidR="00A65FFC" w:rsidRPr="00ED33D1" w:rsidRDefault="00A65FFC" w:rsidP="00A65FFC">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED33D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:object w:dxaOrig="510" w:dyaOrig="525" w14:anchorId="2F4FE60E">
-                <v:shape id="_x0000_i1033" type="#_x0000_t75" style="width:13.3pt;height:14.55pt" o:ole="">
+                <v:shape id="_x0000_i1033" type="#_x0000_t75" style="width:13.5pt;height:14.5pt" o:ole="">
                   <v:imagedata r:id="rId18" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1033" DrawAspect="Content" ObjectID="_1822213722" r:id="rId19"/>
+                <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1033" DrawAspect="Content" ObjectID="_1827315491" r:id="rId19"/>
               </w:object>
             </w:r>
             <w:r w:rsidRPr="00ED33D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00ED33D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Bank accounts and cards (incl. credit cards)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="00A446D5" w14:textId="77777777" w:rsidR="00A65FFC" w:rsidRPr="00ED33D1" w:rsidRDefault="00A65FFC" w:rsidP="00A65FFC">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED33D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:object w:dxaOrig="510" w:dyaOrig="525" w14:anchorId="27396CB2">
-                <v:shape id="_x0000_i1034" type="#_x0000_t75" style="width:13.3pt;height:14.55pt" o:ole="">
+                <v:shape id="_x0000_i1034" type="#_x0000_t75" style="width:13.5pt;height:14.5pt" o:ole="">
                   <v:imagedata r:id="rId18" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1034" DrawAspect="Content" ObjectID="_1822213723" r:id="rId20"/>
+                <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1034" DrawAspect="Content" ObjectID="_1827315492" r:id="rId20"/>
               </w:object>
             </w:r>
             <w:r w:rsidRPr="00ED33D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> E- and mobile banking</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="393E12A0" w14:textId="77777777" w:rsidR="00A65FFC" w:rsidRPr="00ED33D1" w:rsidRDefault="00A65FFC" w:rsidP="00A65FFC">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="808080"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED33D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:object w:dxaOrig="510" w:dyaOrig="525" w14:anchorId="610BB8B0">
-                <v:shape id="_x0000_i1035" type="#_x0000_t75" style="width:13.3pt;height:14.55pt" o:ole="">
+                <v:shape id="_x0000_i1035" type="#_x0000_t75" style="width:13.5pt;height:14.5pt" o:ole="">
                   <v:imagedata r:id="rId18" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1035" DrawAspect="Content" ObjectID="_1822213724" r:id="rId21"/>
+                <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1035" DrawAspect="Content" ObjectID="_1827315493" r:id="rId21"/>
               </w:object>
             </w:r>
             <w:r w:rsidRPr="00ED33D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00ED33D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Local payment</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1D5D5547" w14:textId="77777777" w:rsidR="00A65FFC" w:rsidRPr="00ED33D1" w:rsidRDefault="00A65FFC" w:rsidP="00A65FFC">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="808080"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED33D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:object w:dxaOrig="510" w:dyaOrig="525" w14:anchorId="19B9117B">
-                <v:shape id="_x0000_i1036" type="#_x0000_t75" style="width:13.3pt;height:14.55pt" o:ole="">
+                <v:shape id="_x0000_i1036" type="#_x0000_t75" style="width:13.5pt;height:14.5pt" o:ole="">
                   <v:imagedata r:id="rId18" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1036" DrawAspect="Content" ObjectID="_1822213725" r:id="rId22"/>
+                <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1036" DrawAspect="Content" ObjectID="_1827315494" r:id="rId22"/>
               </w:object>
             </w:r>
             <w:r w:rsidRPr="00ED33D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00ED33D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>International Payments</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="209D38DF" w14:textId="77777777" w:rsidR="00A65FFC" w:rsidRPr="00CB712B" w:rsidRDefault="00A65FFC" w:rsidP="00A65FFC">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:i/>
                 <w:color w:val="808080"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED33D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:object w:dxaOrig="510" w:dyaOrig="525" w14:anchorId="6BE0517B">
-                <v:shape id="_x0000_i1037" type="#_x0000_t75" style="width:13.3pt;height:14.55pt" o:ole="">
+                <v:shape id="_x0000_i1037" type="#_x0000_t75" style="width:13.5pt;height:14.5pt" o:ole="">
                   <v:imagedata r:id="rId18" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1037" DrawAspect="Content" ObjectID="_1822213726" r:id="rId23"/>
+                <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1037" DrawAspect="Content" ObjectID="_1827315495" r:id="rId23"/>
               </w:object>
             </w:r>
             <w:r w:rsidRPr="00ED33D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00ED33D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Term deposits</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4678" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A9B7FB4" w14:textId="77777777" w:rsidR="00A65FFC" w:rsidRPr="00ED33D1" w:rsidRDefault="00A65FFC" w:rsidP="00A65FFC">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED33D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:object w:dxaOrig="510" w:dyaOrig="525" w14:anchorId="17A2C58F">
-                <v:shape id="_x0000_i1038" type="#_x0000_t75" style="width:13.3pt;height:14.55pt" o:ole="">
+                <v:shape id="_x0000_i1038" type="#_x0000_t75" style="width:13.5pt;height:14.5pt" o:ole="">
                   <v:imagedata r:id="rId18" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1038" DrawAspect="Content" ObjectID="_1822213727" r:id="rId24"/>
+                <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1038" DrawAspect="Content" ObjectID="_1827315496" r:id="rId24"/>
               </w:object>
             </w:r>
             <w:r w:rsidRPr="00ED33D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00ED33D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Cash-desk transactions</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4A7EFB2D" w14:textId="77777777" w:rsidR="00A65FFC" w:rsidRPr="00ED33D1" w:rsidRDefault="00A65FFC" w:rsidP="00A65FFC">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED33D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:object w:dxaOrig="510" w:dyaOrig="525" w14:anchorId="5A81CBC0">
-                <v:shape id="_x0000_i1039" type="#_x0000_t75" style="width:13.3pt;height:14.55pt" o:ole="">
+                <v:shape id="_x0000_i1039" type="#_x0000_t75" style="width:13.5pt;height:14.5pt" o:ole="">
                   <v:imagedata r:id="rId18" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1039" DrawAspect="Content" ObjectID="_1822213728" r:id="rId25"/>
+                <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1039" DrawAspect="Content" ObjectID="_1827315497" r:id="rId25"/>
               </w:object>
             </w:r>
             <w:r w:rsidRPr="00ED33D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Currency exchange</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0476BE93" w14:textId="77777777" w:rsidR="00A65FFC" w:rsidRPr="00ED33D1" w:rsidRDefault="00A65FFC" w:rsidP="00A65FFC">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED33D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:object w:dxaOrig="510" w:dyaOrig="525" w14:anchorId="4072658F">
-                <v:shape id="_x0000_i1040" type="#_x0000_t75" style="width:13.3pt;height:14.55pt" o:ole="">
+                <v:shape id="_x0000_i1040" type="#_x0000_t75" style="width:13.5pt;height:14.5pt" o:ole="">
                   <v:imagedata r:id="rId18" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1040" DrawAspect="Content" ObjectID="_1822213729" r:id="rId26"/>
+                <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1040" DrawAspect="Content" ObjectID="_1827315498" r:id="rId26"/>
               </w:object>
             </w:r>
             <w:r w:rsidRPr="00ED33D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Safe deposit box</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5A79BCFB" w14:textId="77777777" w:rsidR="00A65FFC" w:rsidRPr="00ED33D1" w:rsidRDefault="00A65FFC" w:rsidP="00A65FFC">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:right="72"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED33D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:object w:dxaOrig="510" w:dyaOrig="525" w14:anchorId="7FAEEC7F">
-                <v:shape id="_x0000_i1041" type="#_x0000_t75" style="width:13.3pt;height:14.55pt" o:ole="">
+                <v:shape id="_x0000_i1041" type="#_x0000_t75" style="width:13.5pt;height:14.5pt" o:ole="">
                   <v:imagedata r:id="rId18" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1041" DrawAspect="Content" ObjectID="_1822213730" r:id="rId27"/>
+                <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1041" DrawAspect="Content" ObjectID="_1827315499" r:id="rId27"/>
               </w:object>
             </w:r>
             <w:r w:rsidRPr="00ED33D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00ED33D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Credit products</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0B53D023" w14:textId="77777777" w:rsidR="00A65FFC" w:rsidRPr="00ED33D1" w:rsidRDefault="00A65FFC" w:rsidP="00A65FFC">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:right="72"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="808080"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED33D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:object w:dxaOrig="510" w:dyaOrig="525" w14:anchorId="74B3C443">
-                <v:shape id="_x0000_i1042" type="#_x0000_t75" style="width:13.3pt;height:14.55pt" o:ole="">
+                <v:shape id="_x0000_i1042" type="#_x0000_t75" style="width:13.5pt;height:14.5pt" o:ole="">
                   <v:imagedata r:id="rId18" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1042" DrawAspect="Content" ObjectID="_1822213731" r:id="rId28"/>
+                <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1042" DrawAspect="Content" ObjectID="_1827315500" r:id="rId28"/>
               </w:object>
             </w:r>
             <w:r w:rsidRPr="00ED33D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00ED33D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Investment products</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="29649839" w14:textId="77777777" w:rsidR="00A65FFC" w:rsidRPr="00ED33D1" w:rsidRDefault="00A65FFC" w:rsidP="00A65FFC">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:right="72"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED33D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:object w:dxaOrig="510" w:dyaOrig="525" w14:anchorId="2F7D2F8F">
-                <v:shape id="_x0000_i1043" type="#_x0000_t75" style="width:13.3pt;height:14.55pt" o:ole="">
+                <v:shape id="_x0000_i1043" type="#_x0000_t75" style="width:13.5pt;height:14.5pt" o:ole="">
                   <v:imagedata r:id="rId18" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1043" DrawAspect="Content" ObjectID="_1822213732" r:id="rId29"/>
+                <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1043" DrawAspect="Content" ObjectID="_1827315501" r:id="rId29"/>
               </w:object>
             </w:r>
             <w:r w:rsidRPr="00ED33D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00ED33D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Other</w:t>
             </w:r>
             <w:r w:rsidRPr="00ED33D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
@@ -4304,185 +4315,245 @@
                 <w:sz w:val="18"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t>(s)</w:t>
             </w:r>
             <w:r w:rsidR="00A65FFC" w:rsidRPr="00ED33D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8505" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0EE12A2C" w14:textId="77777777" w:rsidR="003F5B76" w:rsidRDefault="00A65FFC" w:rsidP="00A65FFC">
+          <w:p w14:paraId="0EE12A2C" w14:textId="07BE9C37" w:rsidR="003F5B76" w:rsidRDefault="00A65FFC" w:rsidP="00A65FFC">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED33D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:object w:dxaOrig="285" w:dyaOrig="255" w14:anchorId="7096461B">
-                <v:shape id="_x0000_i1044" type="#_x0000_t75" style="width:13.3pt;height:13.3pt" o:ole="">
+                <v:shape id="_x0000_i1044" type="#_x0000_t75" style="width:13.5pt;height:13.5pt" o:ole="">
                   <v:imagedata r:id="rId9" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1044" DrawAspect="Content" ObjectID="_1822213733" r:id="rId30"/>
+                <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1044" DrawAspect="Content" ObjectID="_1827315502" r:id="rId30"/>
               </w:object>
             </w:r>
+            <w:r w:rsidR="00DF75BF" w:rsidRPr="00DF75BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>up to 75,000 EUR</w:t>
+            </w:r>
             <w:r w:rsidRPr="00ED33D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">up to BGN 100,000 </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="003F5B76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
-              <w:t xml:space="preserve">                            </w:t>
+              <w:t xml:space="preserve">                    </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF75BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                       </w:t>
             </w:r>
             <w:r w:rsidRPr="00CB712B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:object w:dxaOrig="285" w:dyaOrig="255" w14:anchorId="500C6CBF">
-                <v:shape id="_x0000_i1045" type="#_x0000_t75" style="width:13.3pt;height:13.3pt" o:ole="">
+                <v:shape id="_x0000_i1045" type="#_x0000_t75" style="width:13.5pt;height:13.5pt" o:ole="">
                   <v:imagedata r:id="rId9" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1045" DrawAspect="Content" ObjectID="_1822213734" r:id="rId31"/>
+                <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1045" DrawAspect="Content" ObjectID="_1827315503" r:id="rId31"/>
               </w:object>
             </w:r>
             <w:r w:rsidRPr="00ED33D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> from BGN 100,000 to BGN 350,000</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF75BF" w:rsidRPr="00DF75BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>from 75,000 to 200,000 EUR</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6F1BA62F" w14:textId="77777777" w:rsidR="00A65FFC" w:rsidRPr="003F5B76" w:rsidRDefault="00A65FFC" w:rsidP="00A65FFC">
+          <w:p w14:paraId="6F1BA62F" w14:textId="21012B01" w:rsidR="00A65FFC" w:rsidRPr="003F5B76" w:rsidRDefault="00A65FFC" w:rsidP="00A65FFC">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB712B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:object w:dxaOrig="285" w:dyaOrig="255" w14:anchorId="07B4CDCE">
-                <v:shape id="_x0000_i1046" type="#_x0000_t75" style="width:13.3pt;height:13.3pt" o:ole="">
+                <v:shape id="_x0000_i1046" type="#_x0000_t75" style="width:13.5pt;height:13.5pt" o:ole="">
                   <v:imagedata r:id="rId9" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1046" DrawAspect="Content" ObjectID="_1822213735" r:id="rId32"/>
+                <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1046" DrawAspect="Content" ObjectID="_1827315504" r:id="rId32"/>
               </w:object>
             </w:r>
+            <w:r w:rsidR="00DF75BF" w:rsidRPr="00DF75BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>from 200,000 to 300,000 EUR</w:t>
+            </w:r>
             <w:r w:rsidRPr="00ED33D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">from BGN 350,000 to BGN 500,000  </w:t>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF75BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                      </w:t>
             </w:r>
             <w:r w:rsidRPr="00CB712B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:object w:dxaOrig="285" w:dyaOrig="255" w14:anchorId="3E481953">
-                <v:shape id="_x0000_i1047" type="#_x0000_t75" style="width:13.3pt;height:13.3pt" o:ole="">
+                <v:shape id="_x0000_i1047" type="#_x0000_t75" style="width:13.5pt;height:13.5pt" o:ole="">
                   <v:imagedata r:id="rId9" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1047" DrawAspect="Content" ObjectID="_1822213736" r:id="rId33"/>
+                <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1047" DrawAspect="Content" ObjectID="_1827315505" r:id="rId33"/>
               </w:object>
             </w:r>
             <w:r w:rsidRPr="00ED33D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> above BGN 500,000</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF75BF" w:rsidRPr="00DF75BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>above 300,000 EUR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A010A0" w:rsidRPr="00B75892" w14:paraId="70D2E5CD" w14:textId="77777777" w:rsidTr="007352C3">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
           </w:tblBorders>
           <w:shd w:val="clear" w:color="auto" w:fill="2E74B5"/>
           <w:tblCellMar>
             <w:left w:w="70" w:type="dxa"/>
             <w:right w:w="70" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="223"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -4813,54 +4884,54 @@
             <w:tr w:rsidR="00A010A0" w:rsidRPr="00A21337" w14:paraId="2DBB7127" w14:textId="77777777" w:rsidTr="007352C3">
               <w:trPr>
                 <w:trHeight w:val="240"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3327" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:hideMark/>
                 </w:tcPr>
                 <w:p w14:paraId="76C7FA2D" w14:textId="77777777" w:rsidR="00A010A0" w:rsidRPr="00A21337" w:rsidRDefault="00A010A0" w:rsidP="00A010A0">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00B007C4">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:object w:dxaOrig="510" w:dyaOrig="525" w14:anchorId="6F00558C">
-                      <v:shape id="_x0000_i1048" type="#_x0000_t75" style="width:13.3pt;height:14.55pt" o:ole="">
+                      <v:shape id="_x0000_i1048" type="#_x0000_t75" style="width:13.5pt;height:14.5pt" o:ole="">
                         <v:imagedata r:id="rId18" o:title=""/>
                       </v:shape>
-                      <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1048" DrawAspect="Content" ObjectID="_1822213737" r:id="rId34"/>
+                      <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1048" DrawAspect="Content" ObjectID="_1827315506" r:id="rId34"/>
                     </w:object>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="bg-BG"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="00A21337">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>Salary</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3331" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
@@ -5091,54 +5162,54 @@
             <w:tr w:rsidR="00A010A0" w:rsidRPr="00A21337" w14:paraId="311C6372" w14:textId="77777777" w:rsidTr="007352C3">
               <w:trPr>
                 <w:trHeight w:val="240"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3327" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:hideMark/>
                 </w:tcPr>
                 <w:p w14:paraId="0AF09FD7" w14:textId="77777777" w:rsidR="00A010A0" w:rsidRPr="00A21337" w:rsidRDefault="00A010A0" w:rsidP="00A010A0">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00B007C4">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:object w:dxaOrig="510" w:dyaOrig="525" w14:anchorId="7ADED83D">
-                      <v:shape id="_x0000_i1049" type="#_x0000_t75" style="width:13.3pt;height:14.55pt" o:ole="">
+                      <v:shape id="_x0000_i1049" type="#_x0000_t75" style="width:13.5pt;height:14.5pt" o:ole="">
                         <v:imagedata r:id="rId18" o:title=""/>
                       </v:shape>
-                      <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1049" DrawAspect="Content" ObjectID="_1822213738" r:id="rId35"/>
+                      <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1049" DrawAspect="Content" ObjectID="_1827315507" r:id="rId35"/>
                     </w:object>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="bg-BG"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>A</w:t>
                   </w:r>
                   <w:r w:rsidRPr="00A21337">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
@@ -5207,72 +5278,83 @@
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                       <w:i/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>………</w:t>
                   </w:r>
                   <w:r w:rsidRPr="003F5B76">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                       <w:i/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>…</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1489" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w14:paraId="379C13D4" w14:textId="77777777" w:rsidR="00A010A0" w:rsidRDefault="00A010A0" w:rsidP="00A010A0">
+                <w:p w14:paraId="379C13D4" w14:textId="44DB7CA9" w:rsidR="00A010A0" w:rsidRDefault="00A010A0" w:rsidP="00A010A0">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                       <w:i/>
                       <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="003F5B76">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                       <w:i/>
                       <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                    <w:t>Date of contract (if any)</w:t>
+                    <w:t>Date of contract</w:t>
                   </w:r>
                 </w:p>
                 <w:p w14:paraId="79B188C6" w14:textId="77777777" w:rsidR="00A010A0" w:rsidRDefault="00A010A0" w:rsidP="00A010A0">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                      <w:i/>
+                      <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="5186A057" w14:textId="77777777" w:rsidR="00DF75BF" w:rsidRDefault="00DF75BF" w:rsidP="00A010A0">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                       <w:i/>
                       <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
                 <w:p w14:paraId="2AD90F30" w14:textId="77777777" w:rsidR="00A010A0" w:rsidRPr="003F5B76" w:rsidRDefault="00A010A0" w:rsidP="00A010A0">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                       <w:i/>
                       <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
@@ -5465,54 +5547,54 @@
               <w:trPr>
                 <w:trHeight w:val="276"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3327" w:type="dxa"/>
                   <w:vMerge w:val="restart"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:hideMark/>
                 </w:tcPr>
                 <w:p w14:paraId="291FCA9C" w14:textId="77777777" w:rsidR="00A010A0" w:rsidRPr="00A21337" w:rsidRDefault="00A010A0" w:rsidP="00A010A0">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00B007C4">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:object w:dxaOrig="510" w:dyaOrig="525" w14:anchorId="521A8A14">
-                      <v:shape id="_x0000_i1050" type="#_x0000_t75" style="width:13.3pt;height:14.55pt" o:ole="">
+                      <v:shape id="_x0000_i1050" type="#_x0000_t75" style="width:13.5pt;height:14.5pt" o:ole="">
                         <v:imagedata r:id="rId18" o:title=""/>
                       </v:shape>
-                      <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1050" DrawAspect="Content" ObjectID="_1822213739" r:id="rId36"/>
+                      <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1050" DrawAspect="Content" ObjectID="_1827315508" r:id="rId36"/>
                     </w:object>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="bg-BG"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>S</w:t>
                   </w:r>
                   <w:r w:rsidRPr="00A21337">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
@@ -5548,50 +5630,61 @@
                     <w:t>Name of buyer</w:t>
                   </w:r>
                 </w:p>
                 <w:p w14:paraId="4C51298D" w14:textId="77777777" w:rsidR="00A010A0" w:rsidRDefault="00A010A0" w:rsidP="00A010A0">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                       <w:i/>
                       <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
                 <w:p w14:paraId="60B3E47B" w14:textId="77777777" w:rsidR="00A010A0" w:rsidRDefault="00A010A0" w:rsidP="00A010A0">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                       <w:i/>
                       <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
+                <w:p w14:paraId="49D72B8D" w14:textId="77777777" w:rsidR="00DF75BF" w:rsidRDefault="00DF75BF" w:rsidP="00A010A0">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                      <w:i/>
+                      <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
                 <w:p w14:paraId="70512FDA" w14:textId="77777777" w:rsidR="00A010A0" w:rsidRPr="003F5B76" w:rsidRDefault="00A010A0" w:rsidP="00A010A0">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                       <w:i/>
                       <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="003F5B76">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                       <w:i/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>………………………………………………</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                       <w:i/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
@@ -5702,50 +5795,61 @@
                   <w:vMerge w:val="restart"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="37D27CAF" w14:textId="77777777" w:rsidR="00A010A0" w:rsidRDefault="00A010A0" w:rsidP="00A010A0">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                       <w:i/>
                       <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="006F1014">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                       <w:i/>
                       <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Country</w:t>
                   </w:r>
                 </w:p>
                 <w:p w14:paraId="21061347" w14:textId="77777777" w:rsidR="00A010A0" w:rsidRDefault="00A010A0" w:rsidP="00A010A0">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                      <w:i/>
+                      <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="53848AD0" w14:textId="77777777" w:rsidR="00DF75BF" w:rsidRDefault="00DF75BF" w:rsidP="00A010A0">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                       <w:i/>
                       <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
                 <w:p w14:paraId="011E4C22" w14:textId="77777777" w:rsidR="00A010A0" w:rsidRDefault="00A010A0" w:rsidP="00A010A0">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                       <w:i/>
                       <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
                 <w:p w14:paraId="025B76D1" w14:textId="77777777" w:rsidR="00A010A0" w:rsidRPr="00A21337" w:rsidRDefault="00A010A0" w:rsidP="00A010A0">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
@@ -5872,54 +5976,54 @@
             <w:tr w:rsidR="00A010A0" w:rsidRPr="00A21337" w14:paraId="4CFB3A81" w14:textId="77777777" w:rsidTr="007352C3">
               <w:trPr>
                 <w:trHeight w:val="240"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3327" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:hideMark/>
                 </w:tcPr>
                 <w:p w14:paraId="2632CFEF" w14:textId="77777777" w:rsidR="00A010A0" w:rsidRPr="00A21337" w:rsidRDefault="00A010A0" w:rsidP="00A010A0">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00B007C4">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:object w:dxaOrig="510" w:dyaOrig="525" w14:anchorId="5F300D16">
-                      <v:shape id="_x0000_i1051" type="#_x0000_t75" style="width:13.3pt;height:14.55pt" o:ole="">
+                      <v:shape id="_x0000_i1051" type="#_x0000_t75" style="width:13.5pt;height:14.5pt" o:ole="">
                         <v:imagedata r:id="rId18" o:title=""/>
                       </v:shape>
-                      <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1051" DrawAspect="Content" ObjectID="_1822213740" r:id="rId37"/>
+                      <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1051" DrawAspect="Content" ObjectID="_1827315509" r:id="rId37"/>
                     </w:object>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="bg-BG"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>D</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
@@ -6244,54 +6348,54 @@
             <w:tr w:rsidR="00A010A0" w:rsidRPr="00A21337" w14:paraId="487F08F3" w14:textId="77777777" w:rsidTr="007352C3">
               <w:trPr>
                 <w:trHeight w:val="240"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3327" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:hideMark/>
                 </w:tcPr>
                 <w:p w14:paraId="5D0042B9" w14:textId="77777777" w:rsidR="00A010A0" w:rsidRPr="00A21337" w:rsidRDefault="00A010A0" w:rsidP="00A010A0">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00B007C4">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:object w:dxaOrig="510" w:dyaOrig="525" w14:anchorId="5172ED71">
-                      <v:shape id="_x0000_i1052" type="#_x0000_t75" style="width:13.3pt;height:14.55pt" o:ole="">
+                      <v:shape id="_x0000_i1052" type="#_x0000_t75" style="width:13.5pt;height:14.5pt" o:ole="">
                         <v:imagedata r:id="rId18" o:title=""/>
                       </v:shape>
-                      <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1052" DrawAspect="Content" ObjectID="_1822213741" r:id="rId38"/>
+                      <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1052" DrawAspect="Content" ObjectID="_1827315510" r:id="rId38"/>
                     </w:object>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="bg-BG"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>R</w:t>
                   </w:r>
                   <w:r w:rsidRPr="00A21337">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
@@ -6529,54 +6633,54 @@
               <w:trPr>
                 <w:trHeight w:val="276"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3327" w:type="dxa"/>
                   <w:vMerge w:val="restart"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:hideMark/>
                 </w:tcPr>
                 <w:p w14:paraId="4C873C4D" w14:textId="77777777" w:rsidR="00A010A0" w:rsidRPr="00FD5E58" w:rsidRDefault="00A010A0" w:rsidP="00A010A0">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00B007C4">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:object w:dxaOrig="510" w:dyaOrig="525" w14:anchorId="410BE9D5">
-                      <v:shape id="_x0000_i1053" type="#_x0000_t75" style="width:13.3pt;height:14.55pt" o:ole="">
+                      <v:shape id="_x0000_i1053" type="#_x0000_t75" style="width:13.5pt;height:14.5pt" o:ole="">
                         <v:imagedata r:id="rId18" o:title=""/>
                       </v:shape>
-                      <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1053" DrawAspect="Content" ObjectID="_1822213742" r:id="rId39"/>
+                      <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1053" DrawAspect="Content" ObjectID="_1827315511" r:id="rId39"/>
                     </w:object>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="bg-BG"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>S</w:t>
                   </w:r>
                   <w:r w:rsidRPr="00FD5E58">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
@@ -6969,54 +7073,54 @@
               <w:trPr>
                 <w:trHeight w:val="276"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3327" w:type="dxa"/>
                   <w:vMerge w:val="restart"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:hideMark/>
                 </w:tcPr>
                 <w:p w14:paraId="192CB2FC" w14:textId="77777777" w:rsidR="00A010A0" w:rsidRPr="00FD5E58" w:rsidRDefault="00A010A0" w:rsidP="00A010A0">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00B007C4">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:object w:dxaOrig="510" w:dyaOrig="525" w14:anchorId="01166BCC">
-                      <v:shape id="_x0000_i1054" type="#_x0000_t75" style="width:13.3pt;height:14.55pt" o:ole="">
+                      <v:shape id="_x0000_i1054" type="#_x0000_t75" style="width:13.5pt;height:14.5pt" o:ole="">
                         <v:imagedata r:id="rId18" o:title=""/>
                       </v:shape>
-                      <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1054" DrawAspect="Content" ObjectID="_1822213743" r:id="rId40"/>
+                      <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1054" DrawAspect="Content" ObjectID="_1827315512" r:id="rId40"/>
                     </w:object>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="bg-BG"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>R</w:t>
                   </w:r>
                   <w:r w:rsidRPr="00FD5E58">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
@@ -7359,54 +7463,54 @@
             <w:tr w:rsidR="00A010A0" w:rsidRPr="00A21337" w14:paraId="6FEDD6B2" w14:textId="77777777" w:rsidTr="007352C3">
               <w:trPr>
                 <w:trHeight w:val="240"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3327" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:hideMark/>
                 </w:tcPr>
                 <w:p w14:paraId="34D5EE83" w14:textId="77777777" w:rsidR="00A010A0" w:rsidRPr="00FD5E58" w:rsidRDefault="00A010A0" w:rsidP="00A010A0">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00B007C4">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:object w:dxaOrig="510" w:dyaOrig="525" w14:anchorId="5432154D">
-                      <v:shape id="_x0000_i1055" type="#_x0000_t75" style="width:13.3pt;height:14.55pt" o:ole="">
+                      <v:shape id="_x0000_i1055" type="#_x0000_t75" style="width:13.5pt;height:14.5pt" o:ole="">
                         <v:imagedata r:id="rId18" o:title=""/>
                       </v:shape>
-                      <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1055" DrawAspect="Content" ObjectID="_1822213744" r:id="rId41"/>
+                      <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1055" DrawAspect="Content" ObjectID="_1827315513" r:id="rId41"/>
                     </w:object>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="bg-BG"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>R</w:t>
                   </w:r>
                   <w:r w:rsidRPr="00FD5E58">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
@@ -7486,72 +7590,83 @@
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                       <w:i/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>………</w:t>
                   </w:r>
                   <w:r w:rsidRPr="003F5B76">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                       <w:i/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>…</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1489" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w14:paraId="0391FFC5" w14:textId="77777777" w:rsidR="00A010A0" w:rsidRDefault="00A010A0" w:rsidP="00A010A0">
+                <w:p w14:paraId="0391FFC5" w14:textId="11EE0FE4" w:rsidR="00A010A0" w:rsidRDefault="00A010A0" w:rsidP="00A010A0">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                       <w:i/>
                       <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="003F5B76">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                       <w:i/>
                       <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                    <w:t>Date of receipt (if the payment is one-time)</w:t>
+                    <w:t>Date of receipt</w:t>
                   </w:r>
                 </w:p>
                 <w:p w14:paraId="130DE663" w14:textId="77777777" w:rsidR="00A010A0" w:rsidRDefault="00A010A0" w:rsidP="00A010A0">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
+                      <w:i/>
+                      <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="063E6691" w14:textId="77777777" w:rsidR="00DF75BF" w:rsidRDefault="00DF75BF" w:rsidP="00A010A0">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                       <w:i/>
                       <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
                 <w:p w14:paraId="174C11D3" w14:textId="77777777" w:rsidR="00A010A0" w:rsidRPr="003F5B76" w:rsidRDefault="00A010A0" w:rsidP="00A010A0">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                       <w:i/>
                       <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
@@ -7674,54 +7789,54 @@
             <w:tr w:rsidR="00A010A0" w:rsidRPr="00A21337" w14:paraId="58725D9C" w14:textId="77777777" w:rsidTr="007352C3">
               <w:trPr>
                 <w:trHeight w:val="240"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3327" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:hideMark/>
                 </w:tcPr>
                 <w:p w14:paraId="12524F72" w14:textId="77777777" w:rsidR="00A010A0" w:rsidRPr="00FD5E58" w:rsidRDefault="00A010A0" w:rsidP="00A010A0">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00B007C4">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:object w:dxaOrig="510" w:dyaOrig="525" w14:anchorId="2067FA8D">
-                      <v:shape id="_x0000_i1056" type="#_x0000_t75" style="width:13.3pt;height:14.55pt" o:ole="">
+                      <v:shape id="_x0000_i1056" type="#_x0000_t75" style="width:13.5pt;height:14.5pt" o:ole="">
                         <v:imagedata r:id="rId18" o:title=""/>
                       </v:shape>
-                      <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1056" DrawAspect="Content" ObjectID="_1822213745" r:id="rId42"/>
+                      <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1056" DrawAspect="Content" ObjectID="_1827315514" r:id="rId42"/>
                     </w:object>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="bg-BG"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="00FD5E58">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>Other sources of income</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3331" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
@@ -8661,54 +8776,54 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10348" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="0DE4E9CA" w14:textId="77777777" w:rsidR="00A010A0" w:rsidRPr="00ED33D1" w:rsidRDefault="00A010A0" w:rsidP="00A010A0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB712B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:object w:dxaOrig="285" w:dyaOrig="255" w14:anchorId="5003AE6A">
-                <v:shape id="_x0000_i1057" type="#_x0000_t75" style="width:13.3pt;height:13.3pt" o:ole="">
+                <v:shape id="_x0000_i1057" type="#_x0000_t75" style="width:13.5pt;height:13.5pt" o:ole="">
                   <v:imagedata r:id="rId9" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1057" DrawAspect="Content" ObjectID="_1822213746" r:id="rId43"/>
+                <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1057" DrawAspect="Content" ObjectID="_1827315515" r:id="rId43"/>
               </w:object>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00ED33D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>I am a resident for tax purposes of other countries (jurisdictions) other than the ones specified above</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="21E9947F" w14:textId="77777777" w:rsidR="00A010A0" w:rsidRPr="00ED33D1" w:rsidRDefault="00A010A0" w:rsidP="00A010A0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
@@ -8889,102 +9004,102 @@
             <w:tcBorders>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="06105F6D" w14:textId="77777777" w:rsidR="00A010A0" w:rsidRPr="009F77E6" w:rsidRDefault="00A010A0" w:rsidP="00A010A0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F6EBF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:object w:dxaOrig="285" w:dyaOrig="255" w14:anchorId="38470561">
-                <v:shape id="_x0000_i1058" type="#_x0000_t75" style="width:13.3pt;height:10.8pt" o:ole="">
+                <v:shape id="_x0000_i1058" type="#_x0000_t75" style="width:13.5pt;height:11pt" o:ole="">
                   <v:imagedata r:id="rId9" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1058" DrawAspect="Content" ObjectID="_1822213747" r:id="rId44"/>
+                <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1058" DrawAspect="Content" ObjectID="_1827315516" r:id="rId44"/>
               </w:object>
             </w:r>
             <w:r w:rsidRPr="009F77E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3D299511" w14:textId="77777777" w:rsidR="00A010A0" w:rsidRPr="009F77E6" w:rsidRDefault="00A010A0" w:rsidP="00A010A0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F6EBF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:object w:dxaOrig="285" w:dyaOrig="255" w14:anchorId="17A63128">
-                <v:shape id="_x0000_i1059" type="#_x0000_t75" style="width:13.3pt;height:10.8pt" o:ole="">
+                <v:shape id="_x0000_i1059" type="#_x0000_t75" style="width:13.5pt;height:11pt" o:ole="">
                   <v:imagedata r:id="rId9" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1059" DrawAspect="Content" ObjectID="_1822213748" r:id="rId45"/>
+                <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1059" DrawAspect="Content" ObjectID="_1827315517" r:id="rId45"/>
               </w:object>
             </w:r>
             <w:r w:rsidRPr="009F77E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A010A0" w:rsidRPr="009F23F3" w14:paraId="65D05D42" w14:textId="77777777" w:rsidTr="007352C3">
         <w:tblPrEx>
@@ -9045,103 +9160,103 @@
             <w:tcBorders>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="60DA6860" w14:textId="77777777" w:rsidR="00A010A0" w:rsidRPr="009F77E6" w:rsidRDefault="00A010A0" w:rsidP="00A010A0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F6EBF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:object w:dxaOrig="285" w:dyaOrig="255" w14:anchorId="5DB899FB">
-                <v:shape id="_x0000_i1060" type="#_x0000_t75" style="width:13.3pt;height:10.8pt" o:ole="">
+                <v:shape id="_x0000_i1060" type="#_x0000_t75" style="width:13.5pt;height:11pt" o:ole="">
                   <v:imagedata r:id="rId9" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1060" DrawAspect="Content" ObjectID="_1822213749" r:id="rId46"/>
+                <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1060" DrawAspect="Content" ObjectID="_1827315518" r:id="rId46"/>
               </w:object>
             </w:r>
             <w:r w:rsidRPr="009F77E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="35E3235C" w14:textId="77777777" w:rsidR="00A010A0" w:rsidRPr="009F77E6" w:rsidRDefault="00A010A0" w:rsidP="00A010A0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F6EBF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:object w:dxaOrig="285" w:dyaOrig="255" w14:anchorId="0DF812D8">
-                <v:shape id="_x0000_i1061" type="#_x0000_t75" style="width:13.3pt;height:10.8pt" o:ole="">
+                <v:shape id="_x0000_i1061" type="#_x0000_t75" style="width:13.5pt;height:11pt" o:ole="">
                   <v:imagedata r:id="rId9" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1061" DrawAspect="Content" ObjectID="_1822213750" r:id="rId47"/>
+                <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1061" DrawAspect="Content" ObjectID="_1827315519" r:id="rId47"/>
               </w:object>
             </w:r>
             <w:r w:rsidRPr="009F77E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
             <w:r w:rsidRPr="005447C2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
@@ -9285,104 +9400,104 @@
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7B0C6E1A" w14:textId="77777777" w:rsidR="00A010A0" w:rsidRPr="009F77E6" w:rsidRDefault="00A010A0" w:rsidP="00A010A0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F6EBF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:object w:dxaOrig="285" w:dyaOrig="255" w14:anchorId="00F7A816">
-                <v:shape id="_x0000_i1062" type="#_x0000_t75" style="width:13.3pt;height:10.8pt" o:ole="">
+                <v:shape id="_x0000_i1062" type="#_x0000_t75" style="width:13.5pt;height:11pt" o:ole="">
                   <v:imagedata r:id="rId9" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1062" DrawAspect="Content" ObjectID="_1822213751" r:id="rId48"/>
+                <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1062" DrawAspect="Content" ObjectID="_1827315520" r:id="rId48"/>
               </w:object>
             </w:r>
             <w:r w:rsidRPr="009F77E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="26E8DF05" w14:textId="77777777" w:rsidR="00A010A0" w:rsidRPr="009F77E6" w:rsidRDefault="00A010A0" w:rsidP="00A010A0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F6EBF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:object w:dxaOrig="285" w:dyaOrig="255" w14:anchorId="37F80FA3">
-                <v:shape id="_x0000_i1063" type="#_x0000_t75" style="width:13.3pt;height:10.8pt" o:ole="">
+                <v:shape id="_x0000_i1063" type="#_x0000_t75" style="width:13.5pt;height:11pt" o:ole="">
                   <v:imagedata r:id="rId9" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1063" DrawAspect="Content" ObjectID="_1822213752" r:id="rId49"/>
+                <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1063" DrawAspect="Content" ObjectID="_1827315521" r:id="rId49"/>
               </w:object>
             </w:r>
             <w:r w:rsidRPr="009F77E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="009F77E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
             <w:r w:rsidRPr="005447C2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:bCs/>
@@ -9599,103 +9714,103 @@
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6A8F4EF7" w14:textId="77777777" w:rsidR="00A010A0" w:rsidRPr="009F77E6" w:rsidRDefault="00A010A0" w:rsidP="00A010A0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F6EBF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:object w:dxaOrig="285" w:dyaOrig="255" w14:anchorId="427CAA2C">
-                <v:shape id="_x0000_i1064" type="#_x0000_t75" style="width:13.3pt;height:10.8pt" o:ole="">
+                <v:shape id="_x0000_i1064" type="#_x0000_t75" style="width:13.5pt;height:11pt" o:ole="">
                   <v:imagedata r:id="rId9" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1064" DrawAspect="Content" ObjectID="_1822213753" r:id="rId50"/>
+                <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1064" DrawAspect="Content" ObjectID="_1827315522" r:id="rId50"/>
               </w:object>
             </w:r>
             <w:r w:rsidRPr="009F77E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="009F77E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>I have not filed an annual personal income tax return</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="16D546D4" w14:textId="77777777" w:rsidR="00A010A0" w:rsidRPr="009F77E6" w:rsidRDefault="00A010A0" w:rsidP="00A010A0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F6EBF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:object w:dxaOrig="285" w:dyaOrig="255" w14:anchorId="439923A4">
-                <v:shape id="_x0000_i1065" type="#_x0000_t75" style="width:13.3pt;height:10.8pt" o:ole="">
+                <v:shape id="_x0000_i1065" type="#_x0000_t75" style="width:13.5pt;height:11pt" o:ole="">
                   <v:imagedata r:id="rId9" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1065" DrawAspect="Content" ObjectID="_1822213754" r:id="rId51"/>
+                <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1065" DrawAspect="Content" ObjectID="_1827315523" r:id="rId51"/>
               </w:object>
             </w:r>
             <w:r w:rsidRPr="009F77E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
             <w:r w:rsidRPr="005447C2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
@@ -10417,50 +10532,51 @@
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="336" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:noWrap/>
                   <w:hideMark/>
                 </w:tcPr>
                 <w:p w14:paraId="70E0387E" w14:textId="77777777" w:rsidR="00A010A0" w:rsidRPr="00AD160E" w:rsidRDefault="00A010A0" w:rsidP="00A010A0">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00AD160E">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
+                    <w:lastRenderedPageBreak/>
                     <w:t> </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="7038" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:noWrap/>
                   <w:hideMark/>
                 </w:tcPr>
                 <w:p w14:paraId="64E4213F" w14:textId="77777777" w:rsidR="00A010A0" w:rsidRPr="00AD160E" w:rsidRDefault="00A010A0" w:rsidP="00A010A0">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00AD160E">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="18"/>
@@ -12228,50 +12344,51 @@
             <w:tcW w:w="10348" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:shd w:val="clear" w:color="auto" w:fill="0070C0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5CA1F162" w14:textId="77777777" w:rsidR="00A010A0" w:rsidRPr="00AD160E" w:rsidRDefault="00A010A0" w:rsidP="00A010A0">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A72C7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Information on personal data processed by UniCredit Bulbank AD in accordance with Regulation (EU) 2016/679 General Data Protection Regulation</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A010A0" w:rsidRPr="009575A7" w14:paraId="16014DAA" w14:textId="77777777" w:rsidTr="009575A7">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="18" w:space="0" w:color="A6A6A6"/>
             <w:left w:val="single" w:sz="18" w:space="0" w:color="A6A6A6"/>
             <w:bottom w:val="single" w:sz="18" w:space="0" w:color="A6A6A6"/>
             <w:right w:val="single" w:sz="18" w:space="0" w:color="A6A6A6"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="70" w:type="dxa"/>
             <w:right w:w="70" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="217"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -12491,50 +12608,51 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3ECF2221" w14:textId="77777777" w:rsidR="00A010A0" w:rsidRPr="009575A7" w:rsidRDefault="00A010A0" w:rsidP="00A010A0">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="283" w:hanging="215"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009575A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">persons related to the Bank, including UniCredit Group companies, where there are legitimate interests of UniCredit Bulbank AD. Under various processes related to direct marketing, assessment of connectivity, maintenance and management of information systems, regulatory reporting, sale of products and services, etc., UniCredit Bulbank AD and the subsidiaries of the Bank in Bulgaria (UniCredit Consumer Financing, UniCredit Leasing, UniCredit Insurance Broker, UniCredit Fleet Management and UniCredit Factoring) can act as joint controllers and jointly determine the purposes and means of processing personal </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="009575A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>data;</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="2B5D17D1" w14:textId="77777777" w:rsidR="00A010A0" w:rsidRPr="009575A7" w:rsidRDefault="00A010A0" w:rsidP="00A010A0">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="283" w:hanging="215"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
@@ -12931,50 +13049,51 @@
             <w:gridSpan w:val="13"/>
             <w:shd w:val="clear" w:color="auto" w:fill="0070C0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4B0D263C" w14:textId="77777777" w:rsidR="00A010A0" w:rsidRPr="00ED33D1" w:rsidRDefault="00A010A0" w:rsidP="00A010A0">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD160E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>CONSENT IN ACCORDANCE WITH REGULATION (EU) 2016/679 OF THE EUROPEAN PARLIAMENT AND THE COUNCIL</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A010A0" w:rsidRPr="006A5F07" w14:paraId="4AD0D454" w14:textId="77777777" w:rsidTr="007704CC">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="18" w:space="0" w:color="A6A6A6"/>
             <w:left w:val="single" w:sz="18" w:space="0" w:color="A6A6A6"/>
             <w:bottom w:val="single" w:sz="18" w:space="0" w:color="A6A6A6"/>
             <w:right w:val="single" w:sz="18" w:space="0" w:color="A6A6A6"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="70" w:type="dxa"/>
             <w:right w:w="70" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="1992"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -13566,50 +13685,51 @@
               </w:rPr>
               <w:t>I confirm that I am aware of the obligation of UniCredit Bulbank AD (the Bank) to observe the laws and regulations for imposing economic and financial sanctions or trade embargo or any other restrictive financial and economic measures. I hereby declare that I will not use the services provided by the Bank for purposes which constitute and/or may result in violation of sanctions by the Bank.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7E3A1EA0" w14:textId="77777777" w:rsidR="00A010A0" w:rsidRPr="00AD160E" w:rsidRDefault="00A010A0" w:rsidP="00A010A0">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="284" w:hanging="218"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD160E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">I am aware </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00AD160E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>of</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00AD160E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> and I agree that the Bank does not handle any tax issues and does not provide tax consultations.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="16B5E367" w14:textId="77777777" w:rsidR="00A010A0" w:rsidRPr="00AD160E" w:rsidRDefault="00A010A0" w:rsidP="00A010A0">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
@@ -13629,75 +13749,102 @@
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>I am aware of the criminal liability under Art. 313 of the Criminal Code for declaring false information as well as the administrative and criminal responsibility under the TSIPC.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5AE1A2E2" w14:textId="77777777" w:rsidR="00A010A0" w:rsidRPr="00AD160E" w:rsidRDefault="00A010A0" w:rsidP="00A010A0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4253"/>
                 <w:tab w:val="left" w:pos="8505"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1D32A859" w14:textId="77777777" w:rsidR="00A010A0" w:rsidRPr="00AD160E" w:rsidRDefault="00A010A0" w:rsidP="00A010A0">
+          <w:p w14:paraId="1D32A859" w14:textId="11056EEF" w:rsidR="00A010A0" w:rsidRPr="00AD160E" w:rsidRDefault="00A010A0" w:rsidP="00A010A0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4253"/>
                 <w:tab w:val="left" w:pos="8505"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD160E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>(TSIPC – art. 278C, para. 4 “An account holder who provides false data and circumstances in a declaration or return provided for in this Code so that his/her status of a reportable person is not established, shall be liable to a fine or a pecuniary penalty of up to BGN 1,000 unless subject to a severer sanction.”)</w:t>
+              <w:t xml:space="preserve">(TSIPC – art. 278C, para. 4 “An account holder who provides false data and circumstances in a declaration or return provided for in this Code so that his/her status of a reportable person is not established, shall be liable to a fine or a pecuniary penalty of up to </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF75BF" w:rsidRPr="00DF75BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>EUR 511,29</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF75BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD160E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>unless subject to a severer sanction.”)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3B71158E" w14:textId="77777777" w:rsidR="00A010A0" w:rsidRPr="00AD160E" w:rsidRDefault="00A010A0" w:rsidP="00A010A0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4253"/>
                 <w:tab w:val="left" w:pos="8505"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7C54BD67" w14:textId="77777777" w:rsidR="00A010A0" w:rsidRPr="00AD160E" w:rsidRDefault="00A010A0" w:rsidP="00A010A0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4253"/>
                 <w:tab w:val="left" w:pos="8505"/>
@@ -13757,50 +13904,51 @@
           </w:tcPr>
           <w:p w14:paraId="5BD0F6DB" w14:textId="77777777" w:rsidR="00A010A0" w:rsidRPr="00ED33D1" w:rsidRDefault="00A010A0" w:rsidP="00A010A0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED33D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>INFORMATION ABOUT THE PROXY/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00ED33D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DEPOSITOR</w:t>
             </w:r>
             <w:r>
@@ -14034,54 +14182,54 @@
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0C5AEEE2" w14:textId="77777777" w:rsidR="00A010A0" w:rsidRPr="00ED33D1" w:rsidRDefault="00A010A0" w:rsidP="00A010A0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED33D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:object w:dxaOrig="285" w:dyaOrig="255" w14:anchorId="64F91342">
-                <v:shape id="_x0000_i1066" type="#_x0000_t75" style="width:13.3pt;height:13.3pt" o:ole="">
+                <v:shape id="_x0000_i1066" type="#_x0000_t75" style="width:13.5pt;height:13.5pt" o:ole="">
                   <v:imagedata r:id="rId9" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1066" DrawAspect="Content" ObjectID="_1822213755" r:id="rId52"/>
+                <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1066" DrawAspect="Content" ObjectID="_1827315524" r:id="rId52"/>
               </w:object>
             </w:r>
             <w:r w:rsidRPr="00ED33D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00ED33D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Proxy</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
@@ -14102,54 +14250,54 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">     </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00ED33D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:object w:dxaOrig="285" w:dyaOrig="255" w14:anchorId="4264AC29">
-                <v:shape id="_x0000_i1067" type="#_x0000_t75" style="width:13.3pt;height:13.3pt" o:ole="">
+                <v:shape id="_x0000_i1067" type="#_x0000_t75" style="width:13.5pt;height:13.5pt" o:ole="">
                   <v:imagedata r:id="rId9" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1067" DrawAspect="Content" ObjectID="_1822213756" r:id="rId53"/>
+                <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1067" DrawAspect="Content" ObjectID="_1827315525" r:id="rId53"/>
               </w:object>
             </w:r>
             <w:r w:rsidRPr="00ED33D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00ED33D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Depositor</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
@@ -14170,54 +14318,54 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">     </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00ED33D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:object w:dxaOrig="285" w:dyaOrig="255" w14:anchorId="2B2D6AED">
-                <v:shape id="_x0000_i1068" type="#_x0000_t75" style="width:13.3pt;height:13.3pt" o:ole="">
+                <v:shape id="_x0000_i1068" type="#_x0000_t75" style="width:13.5pt;height:13.5pt" o:ole="">
                   <v:imagedata r:id="rId9" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1068" DrawAspect="Content" ObjectID="_1822213757" r:id="rId54"/>
+                <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1068" DrawAspect="Content" ObjectID="_1827315526" r:id="rId54"/>
               </w:object>
             </w:r>
             <w:r w:rsidRPr="00ED33D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Legal representative</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -14878,54 +15026,54 @@
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED33D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="00CB712B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:object w:dxaOrig="285" w:dyaOrig="255" w14:anchorId="086BCB43">
-                <v:shape id="_x0000_i1069" type="#_x0000_t75" style="width:13.3pt;height:13.3pt" o:ole="">
+                <v:shape id="_x0000_i1069" type="#_x0000_t75" style="width:13.5pt;height:13.5pt" o:ole="">
                   <v:imagedata r:id="rId9" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1069" DrawAspect="Content" ObjectID="_1822213758" r:id="rId55"/>
+                <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1069" DrawAspect="Content" ObjectID="_1827315527" r:id="rId55"/>
               </w:object>
             </w:r>
             <w:r w:rsidRPr="00ED33D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00ED33D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Coincides with the permanent address</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="67D6148B" w14:textId="77777777" w:rsidR="00A010A0" w:rsidRPr="00ED33D1" w:rsidRDefault="00A010A0" w:rsidP="00A010A0">
             <w:pPr>
@@ -14935,54 +15083,54 @@
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED33D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="00CB712B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:object w:dxaOrig="285" w:dyaOrig="255" w14:anchorId="2A616F8E">
-                <v:shape id="_x0000_i1070" type="#_x0000_t75" style="width:13.3pt;height:13.3pt" o:ole="">
+                <v:shape id="_x0000_i1070" type="#_x0000_t75" style="width:13.5pt;height:13.5pt" o:ole="">
                   <v:imagedata r:id="rId9" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1070" DrawAspect="Content" ObjectID="_1822213759" r:id="rId56"/>
+                <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1070" DrawAspect="Content" ObjectID="_1827315528" r:id="rId56"/>
               </w:object>
             </w:r>
             <w:r w:rsidRPr="00ED33D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00ED33D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Other </w:t>
             </w:r>
             <w:r w:rsidRPr="00ED33D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:bCs/>
@@ -15875,314 +16023,220 @@
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="63AC6AC2" w14:textId="57312A33" w:rsidR="008C5851" w:rsidRPr="00AD160E" w:rsidRDefault="008A2432" w:rsidP="008A2432">
+  <w:p w14:paraId="63AC6AC2" w14:textId="6A0B731F" w:rsidR="008C5851" w:rsidRPr="00AD160E" w:rsidRDefault="00DF75BF" w:rsidP="008A2432">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:ind w:left="-284"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00AD160E">
+    <w:r w:rsidRPr="00DF75BF">
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
         <w:i/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>ACID-</w:t>
+      <w:t>ACID-2209-ENG_2026.01</w:t>
     </w:r>
-    <w:r w:rsidRPr="00AD160E">
-[...46 lines deleted...]
-    <w:r w:rsidRPr="00AD160E">
+    <w:r w:rsidR="008A2432" w:rsidRPr="00AD160E">
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidRPr="00AD160E">
+    <w:r w:rsidR="008A2432" w:rsidRPr="00AD160E">
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidRPr="00AD160E">
+    <w:r w:rsidR="008A2432" w:rsidRPr="00AD160E">
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidRPr="00AD160E">
+    <w:r w:rsidR="008A2432" w:rsidRPr="00AD160E">
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="00AD160E">
+    <w:r w:rsidR="008A2432" w:rsidRPr="00AD160E">
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
-    <w:r w:rsidRPr="00AD160E">
+    <w:r w:rsidR="008A2432" w:rsidRPr="00AD160E">
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="002772A9">
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
-    <w:r w:rsidRPr="00AD160E">
+    <w:r w:rsidR="008A2432" w:rsidRPr="00AD160E">
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="7EF1300C" w14:textId="102CEB18" w:rsidR="008C5851" w:rsidRPr="00937BE2" w:rsidRDefault="008A2432" w:rsidP="008A2432">
+  <w:p w14:paraId="7EF1300C" w14:textId="6AD7B759" w:rsidR="008C5851" w:rsidRPr="00937BE2" w:rsidRDefault="00DF75BF" w:rsidP="008A2432">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:ind w:left="-284"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00025FD3">
+    <w:r w:rsidRPr="00DF75BF">
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
         <w:i/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>ACID-</w:t>
+      <w:t>ACID-2209-ENG_2026.01</w:t>
     </w:r>
-    <w:r w:rsidRPr="00025FD3">
-[...46 lines deleted...]
-    <w:r w:rsidRPr="00025FD3">
+    <w:r w:rsidR="008A2432" w:rsidRPr="00025FD3">
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidRPr="00025FD3">
+    <w:r w:rsidR="008A2432" w:rsidRPr="00025FD3">
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidRPr="00025FD3">
+    <w:r w:rsidR="008A2432" w:rsidRPr="00025FD3">
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidRPr="00937BE2">
+    <w:r w:rsidR="008A2432" w:rsidRPr="00937BE2">
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="00937BE2">
+    <w:r w:rsidR="008A2432" w:rsidRPr="00937BE2">
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
-    <w:r w:rsidRPr="00937BE2">
+    <w:r w:rsidR="008A2432" w:rsidRPr="00937BE2">
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="002772A9">
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
-    <w:r w:rsidRPr="00937BE2">
+    <w:r w:rsidR="008A2432" w:rsidRPr="00937BE2">
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorHAnsi"/>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="46249207" w14:textId="77777777" w:rsidR="00EA5958" w:rsidRDefault="00EA5958">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="02B80FA7" w14:textId="77777777" w:rsidR="00EA5958" w:rsidRDefault="00EA5958">
       <w:r>
         <w:continuationSeparator/>
@@ -17572,60 +17626,60 @@
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1453793167">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="760181205">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1627658615">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="451216234">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1970936857">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="600989525">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="2"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="130"/>
+  <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2096"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00885EDE"/>
     <w:rsid w:val="0000299A"/>
     <w:rsid w:val="0000401A"/>
     <w:rsid w:val="00007D61"/>
     <w:rsid w:val="00007D8F"/>
@@ -17659,50 +17713,51 @@
     <w:rsid w:val="000417BF"/>
     <w:rsid w:val="00042AE9"/>
     <w:rsid w:val="00043344"/>
     <w:rsid w:val="000441C0"/>
     <w:rsid w:val="000448C6"/>
     <w:rsid w:val="000457C5"/>
     <w:rsid w:val="00046623"/>
     <w:rsid w:val="00046705"/>
     <w:rsid w:val="00046786"/>
     <w:rsid w:val="00046F94"/>
     <w:rsid w:val="00050441"/>
     <w:rsid w:val="00050B79"/>
     <w:rsid w:val="00050ED3"/>
     <w:rsid w:val="00052B8A"/>
     <w:rsid w:val="00052EB7"/>
     <w:rsid w:val="00053DBF"/>
     <w:rsid w:val="00063B52"/>
     <w:rsid w:val="00067046"/>
     <w:rsid w:val="00067075"/>
     <w:rsid w:val="000675CD"/>
     <w:rsid w:val="0006798A"/>
     <w:rsid w:val="0007108A"/>
     <w:rsid w:val="000715A1"/>
     <w:rsid w:val="00071914"/>
     <w:rsid w:val="00072BA4"/>
+    <w:rsid w:val="00072D46"/>
     <w:rsid w:val="000744C7"/>
     <w:rsid w:val="00076D51"/>
     <w:rsid w:val="00080A6A"/>
     <w:rsid w:val="00081E03"/>
     <w:rsid w:val="00082973"/>
     <w:rsid w:val="00082BA1"/>
     <w:rsid w:val="00083F0B"/>
     <w:rsid w:val="000848A0"/>
     <w:rsid w:val="00085588"/>
     <w:rsid w:val="000859B3"/>
     <w:rsid w:val="00086E23"/>
     <w:rsid w:val="000913E8"/>
     <w:rsid w:val="00091B44"/>
     <w:rsid w:val="00094B1E"/>
     <w:rsid w:val="0009615B"/>
     <w:rsid w:val="000A056E"/>
     <w:rsid w:val="000A131E"/>
     <w:rsid w:val="000A158F"/>
     <w:rsid w:val="000A23C0"/>
     <w:rsid w:val="000A247C"/>
     <w:rsid w:val="000A265A"/>
     <w:rsid w:val="000A4236"/>
     <w:rsid w:val="000A4C40"/>
     <w:rsid w:val="000A519F"/>
     <w:rsid w:val="000A6084"/>
@@ -18368,50 +18423,51 @@
     <w:rsid w:val="005D1C17"/>
     <w:rsid w:val="005D21D5"/>
     <w:rsid w:val="005D28E7"/>
     <w:rsid w:val="005D4071"/>
     <w:rsid w:val="005D51A3"/>
     <w:rsid w:val="005E1000"/>
     <w:rsid w:val="005E3B2C"/>
     <w:rsid w:val="005E418E"/>
     <w:rsid w:val="005E480E"/>
     <w:rsid w:val="005E63AA"/>
     <w:rsid w:val="005E6DFD"/>
     <w:rsid w:val="005F0451"/>
     <w:rsid w:val="005F07BE"/>
     <w:rsid w:val="005F1A4A"/>
     <w:rsid w:val="005F2869"/>
     <w:rsid w:val="005F322A"/>
     <w:rsid w:val="005F4817"/>
     <w:rsid w:val="005F5C62"/>
     <w:rsid w:val="005F6D3D"/>
     <w:rsid w:val="005F7F20"/>
     <w:rsid w:val="0060198B"/>
     <w:rsid w:val="00601D6E"/>
     <w:rsid w:val="00603395"/>
     <w:rsid w:val="006033AD"/>
     <w:rsid w:val="00605CDD"/>
+    <w:rsid w:val="00607076"/>
     <w:rsid w:val="006074D9"/>
     <w:rsid w:val="00607BF4"/>
     <w:rsid w:val="0061051F"/>
     <w:rsid w:val="006115F2"/>
     <w:rsid w:val="00611BF1"/>
     <w:rsid w:val="006126FA"/>
     <w:rsid w:val="00613747"/>
     <w:rsid w:val="00613F59"/>
     <w:rsid w:val="00614CF0"/>
     <w:rsid w:val="00615EAF"/>
     <w:rsid w:val="00615FBD"/>
     <w:rsid w:val="00616445"/>
     <w:rsid w:val="0061786C"/>
     <w:rsid w:val="00617D90"/>
     <w:rsid w:val="006227DE"/>
     <w:rsid w:val="00622D4E"/>
     <w:rsid w:val="00625589"/>
     <w:rsid w:val="00626932"/>
     <w:rsid w:val="00627EBC"/>
     <w:rsid w:val="0063072F"/>
     <w:rsid w:val="00632159"/>
     <w:rsid w:val="006359DE"/>
     <w:rsid w:val="00636A9D"/>
     <w:rsid w:val="00636FB4"/>
     <w:rsid w:val="006379B4"/>
@@ -18495,50 +18551,51 @@
     <w:rsid w:val="006D4AC6"/>
     <w:rsid w:val="006D5067"/>
     <w:rsid w:val="006D63A7"/>
     <w:rsid w:val="006D74CB"/>
     <w:rsid w:val="006D772A"/>
     <w:rsid w:val="006E0298"/>
     <w:rsid w:val="006E0A54"/>
     <w:rsid w:val="006E0EF2"/>
     <w:rsid w:val="006E28E4"/>
     <w:rsid w:val="006E2EFC"/>
     <w:rsid w:val="006E4856"/>
     <w:rsid w:val="006E5C3E"/>
     <w:rsid w:val="006E7DFF"/>
     <w:rsid w:val="006F254B"/>
     <w:rsid w:val="006F25BB"/>
     <w:rsid w:val="006F2DD2"/>
     <w:rsid w:val="006F53D4"/>
     <w:rsid w:val="007009AC"/>
     <w:rsid w:val="00700DA3"/>
     <w:rsid w:val="00700DBD"/>
     <w:rsid w:val="007029BD"/>
     <w:rsid w:val="00705F9B"/>
     <w:rsid w:val="00706188"/>
     <w:rsid w:val="00706230"/>
     <w:rsid w:val="007067F1"/>
+    <w:rsid w:val="00706855"/>
     <w:rsid w:val="007114B5"/>
     <w:rsid w:val="007121C7"/>
     <w:rsid w:val="00713F3E"/>
     <w:rsid w:val="00714F90"/>
     <w:rsid w:val="00715CA6"/>
     <w:rsid w:val="00716CEE"/>
     <w:rsid w:val="00717BEB"/>
     <w:rsid w:val="00720D95"/>
     <w:rsid w:val="00720FA8"/>
     <w:rsid w:val="0072229B"/>
     <w:rsid w:val="007231F8"/>
     <w:rsid w:val="00724C1C"/>
     <w:rsid w:val="007251B0"/>
     <w:rsid w:val="00726659"/>
     <w:rsid w:val="00726A8F"/>
     <w:rsid w:val="0072734A"/>
     <w:rsid w:val="00730E12"/>
     <w:rsid w:val="00730F09"/>
     <w:rsid w:val="00731FE9"/>
     <w:rsid w:val="00732E32"/>
     <w:rsid w:val="0073310B"/>
     <w:rsid w:val="007335AB"/>
     <w:rsid w:val="00733DD9"/>
     <w:rsid w:val="0073405C"/>
     <w:rsid w:val="00734D53"/>
@@ -18571,50 +18628,51 @@
     <w:rsid w:val="00777B18"/>
     <w:rsid w:val="00781504"/>
     <w:rsid w:val="00781B7B"/>
     <w:rsid w:val="00783413"/>
     <w:rsid w:val="00784D40"/>
     <w:rsid w:val="00785FE9"/>
     <w:rsid w:val="007867AD"/>
     <w:rsid w:val="00787E3F"/>
     <w:rsid w:val="007900CD"/>
     <w:rsid w:val="00790F8E"/>
     <w:rsid w:val="0079130A"/>
     <w:rsid w:val="007917FC"/>
     <w:rsid w:val="00792610"/>
     <w:rsid w:val="0079281A"/>
     <w:rsid w:val="00795D59"/>
     <w:rsid w:val="007A0B1C"/>
     <w:rsid w:val="007A1191"/>
     <w:rsid w:val="007A365A"/>
     <w:rsid w:val="007A401F"/>
     <w:rsid w:val="007A45CD"/>
     <w:rsid w:val="007A4D05"/>
     <w:rsid w:val="007A52BC"/>
     <w:rsid w:val="007A6E90"/>
     <w:rsid w:val="007B051B"/>
     <w:rsid w:val="007B083C"/>
+    <w:rsid w:val="007B1A3C"/>
     <w:rsid w:val="007B202C"/>
     <w:rsid w:val="007B2FA1"/>
     <w:rsid w:val="007B3158"/>
     <w:rsid w:val="007B5E73"/>
     <w:rsid w:val="007B60E7"/>
     <w:rsid w:val="007B77BC"/>
     <w:rsid w:val="007B7B11"/>
     <w:rsid w:val="007C0F3F"/>
     <w:rsid w:val="007C1499"/>
     <w:rsid w:val="007C1C9C"/>
     <w:rsid w:val="007C2D12"/>
     <w:rsid w:val="007C32F0"/>
     <w:rsid w:val="007C4235"/>
     <w:rsid w:val="007C45B6"/>
     <w:rsid w:val="007C463B"/>
     <w:rsid w:val="007C4A3D"/>
     <w:rsid w:val="007C611C"/>
     <w:rsid w:val="007C661C"/>
     <w:rsid w:val="007C7AE8"/>
     <w:rsid w:val="007D0393"/>
     <w:rsid w:val="007D070A"/>
     <w:rsid w:val="007D1151"/>
     <w:rsid w:val="007D19F5"/>
     <w:rsid w:val="007D1A53"/>
     <w:rsid w:val="007D2B14"/>
@@ -18811,50 +18869,51 @@
     <w:rsid w:val="00940AF6"/>
     <w:rsid w:val="00941603"/>
     <w:rsid w:val="00944998"/>
     <w:rsid w:val="009460BB"/>
     <w:rsid w:val="009463E2"/>
     <w:rsid w:val="0094718E"/>
     <w:rsid w:val="00947B6C"/>
     <w:rsid w:val="00947C98"/>
     <w:rsid w:val="00952330"/>
     <w:rsid w:val="00954442"/>
     <w:rsid w:val="009556EE"/>
     <w:rsid w:val="009571B7"/>
     <w:rsid w:val="009575A7"/>
     <w:rsid w:val="00957706"/>
     <w:rsid w:val="009579DB"/>
     <w:rsid w:val="00962A5C"/>
     <w:rsid w:val="00963051"/>
     <w:rsid w:val="009633DB"/>
     <w:rsid w:val="00964017"/>
     <w:rsid w:val="00964474"/>
     <w:rsid w:val="00965D0A"/>
     <w:rsid w:val="00966A5F"/>
     <w:rsid w:val="009675B5"/>
     <w:rsid w:val="00967C08"/>
     <w:rsid w:val="00970653"/>
+    <w:rsid w:val="00972485"/>
     <w:rsid w:val="009756CC"/>
     <w:rsid w:val="00975811"/>
     <w:rsid w:val="00976A32"/>
     <w:rsid w:val="00980AB0"/>
     <w:rsid w:val="009831C5"/>
     <w:rsid w:val="0098323D"/>
     <w:rsid w:val="00985908"/>
     <w:rsid w:val="009864C1"/>
     <w:rsid w:val="00986C9C"/>
     <w:rsid w:val="00987657"/>
     <w:rsid w:val="0098787F"/>
     <w:rsid w:val="00991D58"/>
     <w:rsid w:val="009938DD"/>
     <w:rsid w:val="00993DD6"/>
     <w:rsid w:val="00994002"/>
     <w:rsid w:val="00995BE4"/>
     <w:rsid w:val="00995EE8"/>
     <w:rsid w:val="00996117"/>
     <w:rsid w:val="00996AA4"/>
     <w:rsid w:val="009973CA"/>
     <w:rsid w:val="009A01F8"/>
     <w:rsid w:val="009A15B4"/>
     <w:rsid w:val="009A4D81"/>
     <w:rsid w:val="009A74C0"/>
     <w:rsid w:val="009A7608"/>
@@ -19340,50 +19399,51 @@
     <w:rsid w:val="00DD2BF5"/>
     <w:rsid w:val="00DD3D41"/>
     <w:rsid w:val="00DD57F3"/>
     <w:rsid w:val="00DD6626"/>
     <w:rsid w:val="00DD7FBC"/>
     <w:rsid w:val="00DE08AE"/>
     <w:rsid w:val="00DE0F39"/>
     <w:rsid w:val="00DE1B70"/>
     <w:rsid w:val="00DE262E"/>
     <w:rsid w:val="00DE2FAF"/>
     <w:rsid w:val="00DE36D2"/>
     <w:rsid w:val="00DE6C2A"/>
     <w:rsid w:val="00DE768A"/>
     <w:rsid w:val="00DE7C46"/>
     <w:rsid w:val="00DE7E34"/>
     <w:rsid w:val="00DE7F33"/>
     <w:rsid w:val="00DF0E28"/>
     <w:rsid w:val="00DF18C9"/>
     <w:rsid w:val="00DF20FD"/>
     <w:rsid w:val="00DF282B"/>
     <w:rsid w:val="00DF53A8"/>
     <w:rsid w:val="00DF56DD"/>
     <w:rsid w:val="00DF5C22"/>
     <w:rsid w:val="00DF644E"/>
     <w:rsid w:val="00DF7371"/>
+    <w:rsid w:val="00DF75BF"/>
     <w:rsid w:val="00E015F7"/>
     <w:rsid w:val="00E01750"/>
     <w:rsid w:val="00E0178D"/>
     <w:rsid w:val="00E0220D"/>
     <w:rsid w:val="00E02C3C"/>
     <w:rsid w:val="00E03A64"/>
     <w:rsid w:val="00E054B1"/>
     <w:rsid w:val="00E05BB2"/>
     <w:rsid w:val="00E07141"/>
     <w:rsid w:val="00E10515"/>
     <w:rsid w:val="00E10AA3"/>
     <w:rsid w:val="00E114F0"/>
     <w:rsid w:val="00E11B2A"/>
     <w:rsid w:val="00E1203F"/>
     <w:rsid w:val="00E12927"/>
     <w:rsid w:val="00E132A7"/>
     <w:rsid w:val="00E1799A"/>
     <w:rsid w:val="00E17F0E"/>
     <w:rsid w:val="00E21099"/>
     <w:rsid w:val="00E21979"/>
     <w:rsid w:val="00E256EE"/>
     <w:rsid w:val="00E26C99"/>
     <w:rsid w:val="00E30A82"/>
     <w:rsid w:val="00E30D07"/>
     <w:rsid w:val="00E329FD"/>
@@ -19625,51 +19685,51 @@
     <w:rsid w:val="00FF10A3"/>
     <w:rsid w:val="00FF24D3"/>
     <w:rsid w:val="00FF2C54"/>
     <w:rsid w:val="00FF2CFE"/>
     <w:rsid w:val="00FF345A"/>
     <w:rsid w:val="00FF3821"/>
     <w:rsid w:val="00FF51C3"/>
     <w:rsid w:val="00FF6723"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="bg-BG"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2096"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="199E081E"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{9EC80201-E7EE-4F54-9B45-2ED4FB9B071B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="bg-BG" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
@@ -24602,76 +24662,76 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2C0A7F98-B58B-4AE5-90A0-7F37EDAE8B1D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>21089</Characters>
+  <Pages>5</Pages>
+  <Words>3700</Words>
+  <Characters>21093</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>175</Lines>
   <Paragraphs>49</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>CBB</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>24739</CharactersWithSpaces>
+  <CharactersWithSpaces>24744</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>tsivanova</dc:creator>
   <cp:keywords>UniCredit - Publick - no visual markings</cp:keywords>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_0e7ed057-bcbb-4e7f-961f-5e226c299047_Enabled">
     <vt:lpwstr>true</vt:lpwstr>